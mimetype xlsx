--- v0 (2025-10-08)
+++ v1 (2025-12-05)
@@ -5,83 +5,83 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FD53ADAD-191F-401F-99E1-44E57C118972}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7AE40DB7-48DC-4132-94A0-C9A6C3CAA4E1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Quarterly Dividend" sheetId="1" r:id="rId1"/>
     <sheet name="Yearly Dividend" sheetId="2" r:id="rId2"/>
     <sheet name="Special Dividend" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="94">
   <si>
     <t>Dividend Period</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>Announcement Date</t>
   </si>
   <si>
     <t>Ex-Dividend Date</t>
   </si>
   <si>
     <t>Record Date</t>
   </si>
   <si>
     <t>Payable Date</t>
   </si>
   <si>
     <t>FY2024 Q3</t>
   </si>
   <si>
     <t>FY2024 Q2</t>
   </si>
   <si>
@@ -316,50 +316,53 @@
     <t>FY2005 Q1</t>
   </si>
   <si>
     <t>FY2004 Q4</t>
   </si>
   <si>
     <t>Special</t>
   </si>
   <si>
     <t>FY2024 Q4</t>
   </si>
   <si>
     <t>FY2025 Q1</t>
   </si>
   <si>
     <t>FY2025 Q2</t>
   </si>
   <si>
     <t>FY2025 Q3</t>
   </si>
   <si>
     <t>FY2025 Q4</t>
   </si>
   <si>
     <t>FY2026 Q1</t>
+  </si>
+  <si>
+    <t>FY2026 Q2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
   </numFmts>
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -549,52 +552,52 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="20" formatCode="d\-mmm\-yy"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="12" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="QuarterlyDividend" displayName="QuarterlyDividend" ref="A1:F87" totalsRowShown="0">
-  <autoFilter ref="A1:F87" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="QuarterlyDividend" displayName="QuarterlyDividend" ref="A1:F88" totalsRowShown="0">
+  <autoFilter ref="A1:F88" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="6">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Dividend Period"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Amount" dataDxfId="20"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Announcement Date" dataDxfId="19"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Ex-Dividend Date" dataDxfId="18"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Record Date" dataDxfId="17"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Payable Date" dataDxfId="16"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="YearlyDividend" displayName="YearlyDividend" ref="A1:F3" totalsRowShown="0" headerRowDxfId="15" headerRowBorderDxfId="14" tableBorderDxfId="13">
   <autoFilter ref="A1:F3" xr:uid="{00000000-0009-0000-0100-000002000000}"/>
   <tableColumns count="6">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="Dividend Period"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0100-000002000000}" name="Amount" dataDxfId="12"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0100-000003000000}" name="Announcement Date" dataDxfId="11"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0100-000004000000}" name="Ex-Dividend Date" dataDxfId="10"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0100-000005000000}" name="Record Date" dataDxfId="9"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0100-000006000000}" name="Payable Date" dataDxfId="8"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
@@ -902,1803 +905,1823 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F87"/>
+  <dimension ref="A1:F88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="17.33203125" customWidth="1"/>
     <col min="2" max="2" width="10.109375" customWidth="1"/>
     <col min="3" max="3" width="21.33203125" customWidth="1"/>
     <col min="4" max="4" width="18.33203125" customWidth="1"/>
     <col min="5" max="5" width="13.77734375" customWidth="1"/>
     <col min="6" max="6" width="14.5546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B2" s="1">
         <v>0.91</v>
       </c>
       <c r="C2" s="2">
-        <v>45915</v>
+        <v>45993</v>
       </c>
       <c r="D2" s="2">
-        <v>45981</v>
+        <v>46072</v>
       </c>
       <c r="E2" s="2">
-        <v>45981</v>
+        <v>46072</v>
       </c>
       <c r="F2" s="2">
-        <v>46002</v>
+        <v>46093</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B3" s="1">
-        <v>0.83</v>
+        <v>0.91</v>
       </c>
       <c r="C3" s="2">
-        <v>45818</v>
+        <v>45915</v>
       </c>
       <c r="D3" s="2">
-        <v>45890</v>
+        <v>45981</v>
       </c>
       <c r="E3" s="2">
-        <v>45890</v>
+        <v>45981</v>
       </c>
       <c r="F3" s="2">
-        <v>45911</v>
+        <v>46002</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B4" s="1">
         <v>0.83</v>
       </c>
       <c r="C4" s="2">
-        <v>45727</v>
+        <v>45818</v>
       </c>
       <c r="D4" s="2">
-        <v>45792</v>
+        <v>45890</v>
       </c>
       <c r="E4" s="2">
-        <v>45792</v>
+        <v>45890</v>
       </c>
       <c r="F4" s="2">
-        <v>45820</v>
+        <v>45911</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B5" s="1">
         <v>0.83</v>
       </c>
       <c r="C5" s="2">
-        <v>45629</v>
+        <v>45727</v>
       </c>
       <c r="D5" s="2">
-        <v>45708</v>
+        <v>45792</v>
       </c>
       <c r="E5" s="2">
-        <v>45708</v>
+        <v>45792</v>
       </c>
       <c r="F5" s="2">
-        <v>45729</v>
+        <v>45820</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B6" s="1">
         <v>0.83</v>
       </c>
       <c r="C6" s="2">
-        <v>45551</v>
+        <v>45629</v>
       </c>
       <c r="D6" s="2">
-        <v>45617</v>
+        <v>45708</v>
       </c>
       <c r="E6" s="2">
-        <v>45617</v>
+        <v>45708</v>
       </c>
       <c r="F6" s="2">
-        <v>45638</v>
+        <v>45729</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B7" s="1">
-        <v>0.75</v>
+        <v>0.83</v>
       </c>
       <c r="C7" s="2">
-        <v>45455</v>
+        <v>45551</v>
       </c>
       <c r="D7" s="2">
-        <v>45519</v>
+        <v>45617</v>
       </c>
       <c r="E7" s="2">
-        <v>45519</v>
+        <v>45617</v>
       </c>
       <c r="F7" s="2">
-        <v>45547</v>
+        <v>45638</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
-        <v>6</v>
+        <v>87</v>
       </c>
       <c r="B8" s="1">
         <v>0.75</v>
       </c>
       <c r="C8" s="2">
-        <v>45363</v>
+        <v>45455</v>
       </c>
       <c r="D8" s="2">
-        <v>45427</v>
+        <v>45519</v>
       </c>
       <c r="E8" s="2">
-        <v>45428</v>
+        <v>45519</v>
       </c>
       <c r="F8" s="2">
-        <v>45456</v>
+        <v>45547</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B9" s="1">
         <v>0.75</v>
       </c>
       <c r="C9" s="2">
-        <v>45258</v>
+        <v>45363</v>
       </c>
       <c r="D9" s="2">
-        <v>45336</v>
+        <v>45427</v>
       </c>
       <c r="E9" s="2">
-        <v>45337</v>
+        <v>45428</v>
       </c>
       <c r="F9" s="2">
-        <v>45365</v>
+        <v>45456</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B10" s="1">
         <v>0.75</v>
       </c>
       <c r="C10" s="2">
-        <v>45188</v>
+        <v>45258</v>
       </c>
       <c r="D10" s="2">
-        <v>45245</v>
+        <v>45336</v>
       </c>
       <c r="E10" s="2">
-        <v>45246</v>
+        <v>45337</v>
       </c>
       <c r="F10" s="2">
-        <v>45274</v>
+        <v>45365</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A11" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B11" s="1">
-        <v>0.68</v>
+        <v>0.75</v>
       </c>
       <c r="C11" s="2">
-        <v>45093</v>
+        <v>45188</v>
       </c>
       <c r="D11" s="2">
-        <v>45154</v>
+        <v>45245</v>
       </c>
       <c r="E11" s="2">
-        <v>45155</v>
+        <v>45246</v>
       </c>
       <c r="F11" s="2">
-        <v>45183</v>
+        <v>45274</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A12" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B12" s="1">
         <v>0.68</v>
       </c>
       <c r="C12" s="2">
-        <v>44999</v>
+        <v>45093</v>
       </c>
       <c r="D12" s="2">
-        <v>45063</v>
+        <v>45154</v>
       </c>
       <c r="E12" s="2">
-        <v>45064</v>
+        <v>45155</v>
       </c>
       <c r="F12" s="2">
-        <v>45085</v>
+        <v>45183</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B13" s="1">
         <v>0.68</v>
       </c>
       <c r="C13" s="2">
-        <v>44894</v>
+        <v>44999</v>
       </c>
       <c r="D13" s="2">
-        <v>44972</v>
+        <v>45063</v>
       </c>
       <c r="E13" s="2">
-        <v>44973</v>
+        <v>45064</v>
       </c>
       <c r="F13" s="2">
-        <v>44994</v>
+        <v>45085</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A14" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B14" s="1">
         <v>0.68</v>
       </c>
       <c r="C14" s="2">
-        <v>44824</v>
+        <v>44894</v>
       </c>
       <c r="D14" s="2">
-        <v>44881</v>
+        <v>44972</v>
       </c>
       <c r="E14" s="2">
-        <v>44882</v>
+        <v>44973</v>
       </c>
       <c r="F14" s="2">
-        <v>44903</v>
+        <v>44994</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A15" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B15" s="1">
-        <v>0.62</v>
+        <v>0.68</v>
       </c>
       <c r="C15" s="2">
-        <v>44726</v>
+        <v>44824</v>
       </c>
       <c r="D15" s="2">
-        <v>44790</v>
+        <v>44881</v>
       </c>
       <c r="E15" s="2">
-        <v>44791</v>
+        <v>44882</v>
       </c>
       <c r="F15" s="2">
-        <v>44812</v>
+        <v>44903</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A16" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B16" s="1">
         <v>0.62</v>
       </c>
       <c r="C16" s="2">
-        <v>44634</v>
+        <v>44726</v>
       </c>
       <c r="D16" s="2">
-        <v>44699</v>
+        <v>44790</v>
       </c>
       <c r="E16" s="2">
-        <v>44700</v>
+        <v>44791</v>
       </c>
       <c r="F16" s="2">
-        <v>44721</v>
+        <v>44812</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A17" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B17" s="1">
         <v>0.62</v>
       </c>
       <c r="C17" s="2">
-        <v>44537</v>
+        <v>44634</v>
       </c>
       <c r="D17" s="2">
-        <v>44608</v>
+        <v>44699</v>
       </c>
       <c r="E17" s="2">
-        <v>44609</v>
+        <v>44700</v>
       </c>
       <c r="F17" s="2">
-        <v>44630</v>
+        <v>44721</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B18" s="1">
         <v>0.62</v>
       </c>
       <c r="C18" s="2">
-        <v>44453</v>
+        <v>44537</v>
       </c>
       <c r="D18" s="2">
-        <v>44517</v>
+        <v>44608</v>
       </c>
       <c r="E18" s="2">
-        <v>44518</v>
+        <v>44609</v>
       </c>
       <c r="F18" s="2">
-        <v>44539</v>
+        <v>44630</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B19" s="1">
-        <v>0.56000000000000005</v>
+        <v>0.62</v>
       </c>
       <c r="C19" s="2">
-        <v>44363</v>
+        <v>44453</v>
       </c>
       <c r="D19" s="2">
-        <v>44426</v>
+        <v>44517</v>
       </c>
       <c r="E19" s="2">
-        <v>44427</v>
+        <v>44518</v>
       </c>
       <c r="F19" s="2">
-        <v>44448</v>
+        <v>44539</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A20" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B20" s="1">
         <v>0.56000000000000005</v>
       </c>
       <c r="C20" s="2">
-        <v>44271</v>
+        <v>44363</v>
       </c>
       <c r="D20" s="2">
-        <v>44335</v>
+        <v>44426</v>
       </c>
       <c r="E20" s="2">
-        <v>44336</v>
+        <v>44427</v>
       </c>
       <c r="F20" s="2">
-        <v>44357</v>
+        <v>44448</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A21" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B21" s="1">
         <v>0.56000000000000005</v>
       </c>
       <c r="C21" s="2">
-        <v>44167</v>
+        <v>44271</v>
       </c>
       <c r="D21" s="2">
-        <v>44244</v>
+        <v>44335</v>
       </c>
       <c r="E21" s="2">
-        <v>44245</v>
+        <v>44336</v>
       </c>
       <c r="F21" s="2">
-        <v>44266</v>
+        <v>44357</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A22" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B22" s="1">
         <v>0.56000000000000005</v>
       </c>
       <c r="C22" s="2">
-        <v>44089</v>
+        <v>44167</v>
       </c>
       <c r="D22" s="2">
-        <v>44153</v>
+        <v>44244</v>
       </c>
       <c r="E22" s="2">
-        <v>44154</v>
+        <v>44245</v>
       </c>
       <c r="F22" s="2">
-        <v>44175</v>
+        <v>44266</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A23" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B23" s="1">
-        <v>0.51</v>
+        <v>0.56000000000000005</v>
       </c>
       <c r="C23" s="2">
-        <v>43999</v>
+        <v>44089</v>
       </c>
       <c r="D23" s="2">
-        <v>44062</v>
+        <v>44153</v>
       </c>
       <c r="E23" s="2">
-        <v>44063</v>
+        <v>44154</v>
       </c>
       <c r="F23" s="2">
-        <v>44084</v>
+        <v>44175</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A24" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B24" s="1">
         <v>0.51</v>
       </c>
       <c r="C24" s="2">
-        <v>43899</v>
+        <v>43999</v>
       </c>
       <c r="D24" s="2">
-        <v>43971</v>
+        <v>44062</v>
       </c>
       <c r="E24" s="2">
-        <v>43972</v>
+        <v>44063</v>
       </c>
       <c r="F24" s="2">
-        <v>43993</v>
+        <v>44084</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A25" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B25" s="1">
         <v>0.51</v>
       </c>
       <c r="C25" s="2">
-        <v>43803</v>
+        <v>43899</v>
       </c>
       <c r="D25" s="2">
-        <v>43880</v>
+        <v>43971</v>
       </c>
       <c r="E25" s="2">
-        <v>43881</v>
+        <v>43972</v>
       </c>
       <c r="F25" s="2">
-        <v>43902</v>
+        <v>43993</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A26" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B26" s="1">
         <v>0.51</v>
       </c>
       <c r="C26" s="2">
-        <v>43726</v>
+        <v>43803</v>
       </c>
       <c r="D26" s="2">
-        <v>43789</v>
+        <v>43880</v>
       </c>
       <c r="E26" s="2">
-        <v>43790</v>
+        <v>43881</v>
       </c>
       <c r="F26" s="2">
-        <v>43811</v>
+        <v>43902</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A27" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B27" s="1">
-        <v>0.46</v>
+        <v>0.51</v>
       </c>
       <c r="C27" s="2">
-        <v>43628</v>
+        <v>43726</v>
       </c>
       <c r="D27" s="2">
-        <v>43691</v>
+        <v>43789</v>
       </c>
       <c r="E27" s="2">
-        <v>43692</v>
+        <v>43790</v>
       </c>
       <c r="F27" s="2">
-        <v>43720</v>
+        <v>43811</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A28" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B28" s="1">
         <v>0.46</v>
       </c>
       <c r="C28" s="2">
-        <v>43535</v>
+        <v>43628</v>
       </c>
       <c r="D28" s="2">
-        <v>43600</v>
+        <v>43691</v>
       </c>
       <c r="E28" s="2">
-        <v>43601</v>
+        <v>43692</v>
       </c>
       <c r="F28" s="2">
-        <v>43629</v>
+        <v>43720</v>
       </c>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A29" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B29" s="1">
         <v>0.46</v>
       </c>
       <c r="C29" s="2">
-        <v>43432</v>
+        <v>43535</v>
       </c>
       <c r="D29" s="2">
-        <v>43516</v>
+        <v>43600</v>
       </c>
       <c r="E29" s="2">
-        <v>43517</v>
+        <v>43601</v>
       </c>
       <c r="F29" s="2">
-        <v>43538</v>
+        <v>43629</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A30" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B30" s="1">
         <v>0.46</v>
       </c>
       <c r="C30" s="2">
-        <v>43361</v>
+        <v>43432</v>
       </c>
       <c r="D30" s="2">
-        <v>43418</v>
+        <v>43516</v>
       </c>
       <c r="E30" s="2">
-        <v>43419</v>
+        <v>43517</v>
       </c>
       <c r="F30" s="2">
-        <v>43447</v>
+        <v>43538</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A31" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B31" s="1">
-        <v>0.42</v>
+        <v>0.46</v>
       </c>
       <c r="C31" s="2">
-        <v>43264</v>
+        <v>43361</v>
       </c>
       <c r="D31" s="2">
-        <v>43327</v>
+        <v>43418</v>
       </c>
       <c r="E31" s="2">
-        <v>43328</v>
+        <v>43419</v>
       </c>
       <c r="F31" s="2">
-        <v>43356</v>
+        <v>43447</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A32" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B32" s="1">
         <v>0.42</v>
       </c>
       <c r="C32" s="2">
-        <v>43171</v>
+        <v>43264</v>
       </c>
       <c r="D32" s="2">
-        <v>43236</v>
+        <v>43327</v>
       </c>
       <c r="E32" s="2">
-        <v>43237</v>
+        <v>43328</v>
       </c>
       <c r="F32" s="2">
-        <v>43265</v>
+        <v>43356</v>
       </c>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A33" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B33" s="1">
         <v>0.42</v>
       </c>
       <c r="C33" s="2">
-        <v>43068</v>
+        <v>43171</v>
       </c>
       <c r="D33" s="2">
-        <v>43145</v>
+        <v>43236</v>
       </c>
       <c r="E33" s="2">
-        <v>43146</v>
+        <v>43237</v>
       </c>
       <c r="F33" s="2">
-        <v>43167</v>
+        <v>43265</v>
       </c>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A34" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B34" s="1">
         <v>0.42</v>
       </c>
       <c r="C34" s="2">
-        <v>42997</v>
+        <v>43068</v>
       </c>
       <c r="D34" s="2">
-        <v>43054</v>
+        <v>43145</v>
       </c>
       <c r="E34" s="2">
-        <v>43055</v>
+        <v>43146</v>
       </c>
       <c r="F34" s="2">
-        <v>43083</v>
+        <v>43167</v>
       </c>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A35" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B35" s="1">
-        <v>0.39</v>
+        <v>0.42</v>
       </c>
       <c r="C35" s="2">
-        <v>42899</v>
+        <v>42997</v>
       </c>
       <c r="D35" s="2">
-        <v>42962</v>
+        <v>43054</v>
       </c>
       <c r="E35" s="2">
-        <v>42964</v>
+        <v>43055</v>
       </c>
       <c r="F35" s="2">
-        <v>42992</v>
+        <v>43083</v>
       </c>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A36" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B36" s="1">
         <v>0.39</v>
       </c>
       <c r="C36" s="2">
-        <v>42808</v>
+        <v>42899</v>
       </c>
       <c r="D36" s="2">
-        <v>42871</v>
+        <v>42962</v>
       </c>
       <c r="E36" s="2">
-        <v>42873</v>
+        <v>42964</v>
       </c>
       <c r="F36" s="2">
-        <v>42894</v>
+        <v>42992</v>
       </c>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A37" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B37" s="1">
         <v>0.39</v>
       </c>
       <c r="C37" s="2">
-        <v>42704</v>
+        <v>42808</v>
       </c>
       <c r="D37" s="2">
-        <v>42780</v>
+        <v>42871</v>
       </c>
       <c r="E37" s="2">
-        <v>42782</v>
+        <v>42873</v>
       </c>
       <c r="F37" s="2">
-        <v>42803</v>
+        <v>42894</v>
       </c>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A38" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B38" s="1">
         <v>0.39</v>
       </c>
       <c r="C38" s="2">
-        <v>42633</v>
+        <v>42704</v>
       </c>
       <c r="D38" s="2">
-        <v>42689</v>
+        <v>42780</v>
       </c>
       <c r="E38" s="2">
-        <v>42691</v>
+        <v>42782</v>
       </c>
       <c r="F38" s="2">
-        <v>42712</v>
+        <v>42803</v>
       </c>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A39" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B39" s="1">
-        <v>0.36</v>
+        <v>0.39</v>
       </c>
       <c r="C39" s="2">
-        <v>42535</v>
+        <v>42633</v>
       </c>
       <c r="D39" s="2">
-        <v>42598</v>
+        <v>42689</v>
       </c>
       <c r="E39" s="2">
-        <v>42600</v>
+        <v>42691</v>
       </c>
       <c r="F39" s="2">
-        <v>42621</v>
+        <v>42712</v>
       </c>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A40" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B40" s="1">
         <v>0.36</v>
       </c>
       <c r="C40" s="2">
-        <v>42444</v>
+        <v>42535</v>
       </c>
       <c r="D40" s="2">
-        <v>42507</v>
+        <v>42598</v>
       </c>
       <c r="E40" s="2">
-        <v>42509</v>
+        <v>42600</v>
       </c>
       <c r="F40" s="2">
-        <v>42530</v>
+        <v>42621</v>
       </c>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A41" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B41" s="1">
         <v>0.36</v>
       </c>
       <c r="C41" s="2">
-        <v>42340</v>
+        <v>42444</v>
       </c>
       <c r="D41" s="2">
-        <v>42416</v>
+        <v>42507</v>
       </c>
       <c r="E41" s="2">
-        <v>42418</v>
+        <v>42509</v>
       </c>
       <c r="F41" s="2">
-        <v>42439</v>
+        <v>42530</v>
       </c>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A42" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B42" s="1">
         <v>0.36</v>
       </c>
       <c r="C42" s="2">
-        <v>42262</v>
+        <v>42340</v>
       </c>
       <c r="D42" s="2">
-        <v>42325</v>
+        <v>42416</v>
       </c>
       <c r="E42" s="2">
-        <v>42327</v>
+        <v>42418</v>
       </c>
       <c r="F42" s="2">
-        <v>42348</v>
+        <v>42439</v>
       </c>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A43" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B43" s="1">
-        <v>0.31</v>
+        <v>0.36</v>
       </c>
       <c r="C43" s="2">
-        <v>42164</v>
+        <v>42262</v>
       </c>
       <c r="D43" s="2">
-        <v>42234</v>
+        <v>42325</v>
       </c>
       <c r="E43" s="2">
-        <v>42236</v>
+        <v>42327</v>
       </c>
       <c r="F43" s="2">
-        <v>42257</v>
+        <v>42348</v>
       </c>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A44" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B44" s="1">
         <v>0.31</v>
       </c>
       <c r="C44" s="2">
-        <v>42073</v>
+        <v>42164</v>
       </c>
       <c r="D44" s="2">
-        <v>42143</v>
+        <v>42234</v>
       </c>
       <c r="E44" s="2">
-        <v>42145</v>
+        <v>42236</v>
       </c>
       <c r="F44" s="2">
-        <v>42166</v>
+        <v>42257</v>
       </c>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A45" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B45" s="1">
         <v>0.31</v>
       </c>
       <c r="C45" s="2">
-        <v>41976</v>
+        <v>42073</v>
       </c>
       <c r="D45" s="2">
-        <v>42052</v>
+        <v>42143</v>
       </c>
       <c r="E45" s="2">
-        <v>42054</v>
+        <v>42145</v>
       </c>
       <c r="F45" s="2">
-        <v>42075</v>
+        <v>42166</v>
       </c>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A46" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B46" s="1">
         <v>0.31</v>
       </c>
       <c r="C46" s="2">
-        <v>41898</v>
+        <v>41976</v>
       </c>
       <c r="D46" s="2">
-        <v>41961</v>
+        <v>42052</v>
       </c>
       <c r="E46" s="2">
-        <v>41963</v>
+        <v>42054</v>
       </c>
       <c r="F46" s="2">
-        <v>41984</v>
+        <v>42075</v>
       </c>
     </row>
     <row r="47" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A47" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B47" s="1">
-        <v>0.28000000000000003</v>
+        <v>0.31</v>
       </c>
       <c r="C47" s="2">
-        <v>41800</v>
+        <v>41898</v>
       </c>
       <c r="D47" s="2">
-        <v>41870</v>
+        <v>41961</v>
       </c>
       <c r="E47" s="2">
-        <v>41872</v>
+        <v>41963</v>
       </c>
       <c r="F47" s="2">
-        <v>41893</v>
+        <v>41984</v>
       </c>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A48" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B48" s="1">
         <v>0.28000000000000003</v>
       </c>
       <c r="C48" s="2">
-        <v>41709</v>
+        <v>41800</v>
       </c>
       <c r="D48" s="2">
-        <v>41772</v>
+        <v>41870</v>
       </c>
       <c r="E48" s="2">
-        <v>41774</v>
+        <v>41872</v>
       </c>
       <c r="F48" s="2">
-        <v>41802</v>
+        <v>41893</v>
       </c>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A49" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B49" s="1">
         <v>0.28000000000000003</v>
       </c>
       <c r="C49" s="2">
-        <v>41597</v>
+        <v>41709</v>
       </c>
       <c r="D49" s="2">
-        <v>41688</v>
+        <v>41772</v>
       </c>
       <c r="E49" s="2">
-        <v>41690</v>
+        <v>41774</v>
       </c>
       <c r="F49" s="2">
-        <v>41711</v>
+        <v>41802</v>
       </c>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A50" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B50" s="1">
         <v>0.28000000000000003</v>
       </c>
       <c r="C50" s="2">
-        <v>41534</v>
+        <v>41597</v>
       </c>
       <c r="D50" s="2">
-        <v>41597</v>
+        <v>41688</v>
       </c>
       <c r="E50" s="2">
-        <v>41599</v>
+        <v>41690</v>
       </c>
       <c r="F50" s="2">
-        <v>41620</v>
+        <v>41711</v>
       </c>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A51" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B51" s="1">
-        <v>0.23</v>
+        <v>0.28000000000000003</v>
       </c>
       <c r="C51" s="2">
-        <v>41437</v>
+        <v>41534</v>
       </c>
       <c r="D51" s="2">
-        <v>41499</v>
+        <v>41597</v>
       </c>
       <c r="E51" s="2">
-        <v>41501</v>
+        <v>41599</v>
       </c>
       <c r="F51" s="2">
-        <v>41529</v>
+        <v>41620</v>
       </c>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A52" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B52" s="1">
         <v>0.23</v>
       </c>
       <c r="C52" s="2">
-        <v>41344</v>
+        <v>41437</v>
       </c>
       <c r="D52" s="2">
-        <v>41408</v>
+        <v>41499</v>
       </c>
       <c r="E52" s="2">
-        <v>41410</v>
+        <v>41501</v>
       </c>
       <c r="F52" s="2">
-        <v>41438</v>
+        <v>41529</v>
       </c>
     </row>
     <row r="53" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A53" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B53" s="1">
         <v>0.23</v>
       </c>
       <c r="C53" s="2">
-        <v>41241</v>
+        <v>41344</v>
       </c>
       <c r="D53" s="2">
-        <v>41324</v>
+        <v>41408</v>
       </c>
       <c r="E53" s="2">
-        <v>41326</v>
+        <v>41410</v>
       </c>
       <c r="F53" s="2">
-        <v>41347</v>
+        <v>41438</v>
       </c>
     </row>
     <row r="54" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A54" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B54" s="1">
         <v>0.23</v>
       </c>
       <c r="C54" s="2">
-        <v>41170</v>
+        <v>41241</v>
       </c>
       <c r="D54" s="2">
-        <v>41226</v>
+        <v>41324</v>
       </c>
       <c r="E54" s="2">
-        <v>41228</v>
+        <v>41326</v>
       </c>
       <c r="F54" s="2">
-        <v>41256</v>
+        <v>41347</v>
       </c>
     </row>
     <row r="55" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A55" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B55" s="1">
-        <v>0.2</v>
+        <v>0.23</v>
       </c>
       <c r="C55" s="2">
-        <v>41073</v>
+        <v>41170</v>
       </c>
       <c r="D55" s="2">
-        <v>41135</v>
+        <v>41226</v>
       </c>
       <c r="E55" s="2">
-        <v>41137</v>
+        <v>41228</v>
       </c>
       <c r="F55" s="2">
-        <v>41165</v>
+        <v>41256</v>
       </c>
     </row>
     <row r="56" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A56" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B56" s="1">
         <v>0.2</v>
       </c>
       <c r="C56" s="2">
-        <v>40981</v>
+        <v>41073</v>
       </c>
       <c r="D56" s="2">
-        <v>41044</v>
+        <v>41135</v>
       </c>
       <c r="E56" s="2">
-        <v>41046</v>
+        <v>41137</v>
       </c>
       <c r="F56" s="2">
-        <v>41074</v>
+        <v>41165</v>
       </c>
     </row>
     <row r="57" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A57" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B57" s="1">
         <v>0.2</v>
       </c>
       <c r="C57" s="2">
-        <v>40891</v>
+        <v>40981</v>
       </c>
       <c r="D57" s="2">
-        <v>40953</v>
+        <v>41044</v>
       </c>
       <c r="E57" s="2">
-        <v>40955</v>
+        <v>41046</v>
       </c>
       <c r="F57" s="2">
-        <v>40976</v>
+        <v>41074</v>
       </c>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A58" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B58" s="1">
         <v>0.2</v>
       </c>
       <c r="C58" s="2">
-        <v>40806</v>
+        <v>40891</v>
       </c>
       <c r="D58" s="2">
-        <v>40862</v>
+        <v>40953</v>
       </c>
       <c r="E58" s="2">
-        <v>40864</v>
+        <v>40955</v>
       </c>
       <c r="F58" s="2">
-        <v>40885</v>
+        <v>40976</v>
       </c>
     </row>
     <row r="59" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A59" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B59" s="1">
-        <v>0.16</v>
+        <v>0.2</v>
       </c>
       <c r="C59" s="2">
-        <v>40709</v>
+        <v>40806</v>
       </c>
       <c r="D59" s="2">
-        <v>40771</v>
+        <v>40862</v>
       </c>
       <c r="E59" s="2">
-        <v>40773</v>
+        <v>40864</v>
       </c>
       <c r="F59" s="2">
-        <v>40794</v>
+        <v>40885</v>
       </c>
     </row>
     <row r="60" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A60" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B60" s="1">
         <v>0.16</v>
       </c>
       <c r="C60" s="2">
-        <v>40616</v>
+        <v>40709</v>
       </c>
       <c r="D60" s="2">
-        <v>40680</v>
+        <v>40771</v>
       </c>
       <c r="E60" s="2">
-        <v>40682</v>
+        <v>40773</v>
       </c>
       <c r="F60" s="2">
-        <v>40703</v>
+        <v>40794</v>
       </c>
     </row>
     <row r="61" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A61" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B61" s="1">
         <v>0.16</v>
       </c>
       <c r="C61" s="2">
-        <v>40527</v>
+        <v>40616</v>
       </c>
       <c r="D61" s="2">
-        <v>40589</v>
+        <v>40680</v>
       </c>
       <c r="E61" s="2">
-        <v>40591</v>
+        <v>40682</v>
       </c>
       <c r="F61" s="2">
-        <v>40612</v>
+        <v>40703</v>
       </c>
     </row>
     <row r="62" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A62" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B62" s="1">
         <v>0.16</v>
       </c>
       <c r="C62" s="2">
-        <v>40442</v>
+        <v>40527</v>
       </c>
       <c r="D62" s="2">
-        <v>40498</v>
+        <v>40589</v>
       </c>
       <c r="E62" s="2">
-        <v>40500</v>
+        <v>40591</v>
       </c>
       <c r="F62" s="2">
-        <v>40521</v>
+        <v>40612</v>
       </c>
     </row>
     <row r="63" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A63" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B63" s="1">
-        <v>0.13</v>
+        <v>0.16</v>
       </c>
       <c r="C63" s="2">
-        <v>40345</v>
+        <v>40442</v>
       </c>
       <c r="D63" s="2">
-        <v>40407</v>
+        <v>40498</v>
       </c>
       <c r="E63" s="2">
-        <v>40409</v>
+        <v>40500</v>
       </c>
       <c r="F63" s="2">
-        <v>40430</v>
+        <v>40521</v>
       </c>
     </row>
     <row r="64" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A64" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B64" s="1">
         <v>0.13</v>
       </c>
       <c r="C64" s="2">
-        <v>40245</v>
+        <v>40345</v>
       </c>
       <c r="D64" s="2">
-        <v>40316</v>
+        <v>40407</v>
       </c>
       <c r="E64" s="2">
-        <v>40318</v>
+        <v>40409</v>
       </c>
       <c r="F64" s="2">
-        <v>40339</v>
+        <v>40430</v>
       </c>
     </row>
     <row r="65" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A65" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B65" s="1">
         <v>0.13</v>
       </c>
       <c r="C65" s="2">
-        <v>40156</v>
+        <v>40245</v>
       </c>
       <c r="D65" s="2">
-        <v>40225</v>
+        <v>40316</v>
       </c>
       <c r="E65" s="2">
-        <v>40227</v>
+        <v>40318</v>
       </c>
       <c r="F65" s="2">
-        <v>40248</v>
+        <v>40339</v>
       </c>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A66" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B66" s="1">
         <v>0.13</v>
       </c>
       <c r="C66" s="2">
-        <v>40074</v>
+        <v>40156</v>
       </c>
       <c r="D66" s="2">
-        <v>40134</v>
+        <v>40225</v>
       </c>
       <c r="E66" s="2">
-        <v>40136</v>
+        <v>40227</v>
       </c>
       <c r="F66" s="2">
-        <v>40157</v>
+        <v>40248</v>
       </c>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A67" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B67" s="1">
         <v>0.13</v>
       </c>
       <c r="C67" s="2">
-        <v>39974</v>
+        <v>40074</v>
       </c>
       <c r="D67" s="2">
-        <v>40043</v>
+        <v>40134</v>
       </c>
       <c r="E67" s="2">
-        <v>40045</v>
+        <v>40136</v>
       </c>
       <c r="F67" s="2">
-        <v>40066</v>
+        <v>40157</v>
       </c>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A68" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B68" s="1">
         <v>0.13</v>
       </c>
       <c r="C68" s="2">
-        <v>39881</v>
+        <v>39974</v>
       </c>
       <c r="D68" s="2">
-        <v>39952</v>
+        <v>40043</v>
       </c>
       <c r="E68" s="2">
-        <v>39954</v>
+        <v>40045</v>
       </c>
       <c r="F68" s="2">
-        <v>39982</v>
+        <v>40066</v>
       </c>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A69" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B69" s="1">
         <v>0.13</v>
       </c>
       <c r="C69" s="2">
-        <v>39792</v>
+        <v>39881</v>
       </c>
       <c r="D69" s="2">
-        <v>39861</v>
+        <v>39952</v>
       </c>
       <c r="E69" s="2">
-        <v>39863</v>
+        <v>39954</v>
       </c>
       <c r="F69" s="2">
-        <v>39884</v>
+        <v>39982</v>
       </c>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A70" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B70" s="1">
         <v>0.13</v>
       </c>
       <c r="C70" s="2">
-        <v>39713</v>
+        <v>39792</v>
       </c>
       <c r="D70" s="2">
-        <v>39770</v>
+        <v>39861</v>
       </c>
       <c r="E70" s="2">
-        <v>39772</v>
+        <v>39863</v>
       </c>
       <c r="F70" s="2">
-        <v>39793</v>
+        <v>39884</v>
       </c>
     </row>
     <row r="71" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A71" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B71" s="1">
-        <v>0.11</v>
+        <v>0.13</v>
       </c>
       <c r="C71" s="2">
-        <v>39610</v>
+        <v>39713</v>
       </c>
       <c r="D71" s="2">
-        <v>39679</v>
+        <v>39770</v>
       </c>
       <c r="E71" s="2">
-        <v>39681</v>
+        <v>39772</v>
       </c>
       <c r="F71" s="2">
-        <v>39702</v>
+        <v>39793</v>
       </c>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A72" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B72" s="1">
         <v>0.11</v>
       </c>
       <c r="C72" s="2">
-        <v>39524</v>
+        <v>39610</v>
       </c>
       <c r="D72" s="2">
-        <v>39581</v>
+        <v>39679</v>
       </c>
       <c r="E72" s="2">
-        <v>39583</v>
+        <v>39681</v>
       </c>
       <c r="F72" s="2">
-        <v>39611</v>
+        <v>39702</v>
       </c>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A73" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B73" s="1">
         <v>0.11</v>
       </c>
       <c r="C73" s="2">
-        <v>39435</v>
+        <v>39524</v>
       </c>
       <c r="D73" s="2">
-        <v>39497</v>
+        <v>39581</v>
       </c>
       <c r="E73" s="2">
-        <v>39499</v>
+        <v>39583</v>
       </c>
       <c r="F73" s="2">
-        <v>39520</v>
+        <v>39611</v>
       </c>
     </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A74" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B74" s="1">
         <v>0.11</v>
       </c>
       <c r="C74" s="2">
-        <v>39337</v>
+        <v>39435</v>
       </c>
       <c r="D74" s="2">
-        <v>39399</v>
+        <v>39497</v>
       </c>
       <c r="E74" s="2">
-        <v>39401</v>
+        <v>39499</v>
       </c>
       <c r="F74" s="2">
-        <v>39429</v>
+        <v>39520</v>
       </c>
     </row>
     <row r="75" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A75" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B75" s="1">
-        <v>0.1</v>
+        <v>0.11</v>
       </c>
       <c r="C75" s="2">
-        <v>39260</v>
+        <v>39337</v>
       </c>
       <c r="D75" s="2">
-        <v>39308</v>
+        <v>39399</v>
       </c>
       <c r="E75" s="2">
-        <v>39310</v>
+        <v>39401</v>
       </c>
       <c r="F75" s="2">
-        <v>39338</v>
+        <v>39429</v>
       </c>
     </row>
     <row r="76" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A76" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B76" s="1">
         <v>0.1</v>
       </c>
       <c r="C76" s="2">
-        <v>39167</v>
+        <v>39260</v>
       </c>
       <c r="D76" s="2">
-        <v>39217</v>
+        <v>39308</v>
       </c>
       <c r="E76" s="2">
-        <v>39219</v>
+        <v>39310</v>
       </c>
       <c r="F76" s="2">
-        <v>39247</v>
+        <v>39338</v>
       </c>
     </row>
     <row r="77" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A77" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B77" s="1">
         <v>0.1</v>
       </c>
       <c r="C77" s="2">
-        <v>39071</v>
+        <v>39167</v>
       </c>
       <c r="D77" s="2">
-        <v>39126</v>
+        <v>39217</v>
       </c>
       <c r="E77" s="2">
-        <v>39128</v>
+        <v>39219</v>
       </c>
       <c r="F77" s="2">
-        <v>39149</v>
+        <v>39247</v>
       </c>
     </row>
     <row r="78" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A78" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B78" s="1">
         <v>0.1</v>
       </c>
       <c r="C78" s="2">
-        <v>38973</v>
+        <v>39071</v>
       </c>
       <c r="D78" s="2">
-        <v>39035</v>
+        <v>39126</v>
       </c>
       <c r="E78" s="2">
-        <v>39037</v>
+        <v>39128</v>
       </c>
       <c r="F78" s="2">
-        <v>39065</v>
+        <v>39149</v>
       </c>
     </row>
     <row r="79" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A79" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B79" s="1">
-        <v>0.09</v>
+        <v>0.1</v>
       </c>
       <c r="C79" s="2">
-        <v>38889</v>
+        <v>38973</v>
       </c>
       <c r="D79" s="2">
-        <v>38944</v>
+        <v>39035</v>
       </c>
       <c r="E79" s="2">
-        <v>38946</v>
+        <v>39037</v>
       </c>
       <c r="F79" s="2">
-        <v>38974</v>
+        <v>39065</v>
       </c>
     </row>
     <row r="80" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A80" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B80" s="1">
         <v>0.09</v>
       </c>
       <c r="C80" s="2">
-        <v>38803</v>
+        <v>38889</v>
       </c>
       <c r="D80" s="2">
-        <v>38852</v>
+        <v>38944</v>
       </c>
       <c r="E80" s="2">
-        <v>38854</v>
+        <v>38946</v>
       </c>
       <c r="F80" s="2">
-        <v>38876</v>
+        <v>38974</v>
       </c>
     </row>
     <row r="81" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A81" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B81" s="1">
         <v>0.09</v>
       </c>
       <c r="C81" s="2">
-        <v>38700</v>
+        <v>38803</v>
       </c>
       <c r="D81" s="2">
-        <v>38763</v>
+        <v>38852</v>
       </c>
       <c r="E81" s="2">
-        <v>38765</v>
+        <v>38854</v>
       </c>
       <c r="F81" s="2">
-        <v>38785</v>
+        <v>38876</v>
       </c>
     </row>
     <row r="82" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A82" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B82" s="1">
-        <v>0.08</v>
+        <v>0.09</v>
       </c>
       <c r="C82" s="2">
-        <v>38617</v>
+        <v>38700</v>
       </c>
       <c r="D82" s="2">
-        <v>38671</v>
+        <v>38763</v>
       </c>
       <c r="E82" s="2">
-        <v>38673</v>
+        <v>38765</v>
       </c>
       <c r="F82" s="2">
-        <v>38694</v>
+        <v>38785</v>
       </c>
     </row>
     <row r="83" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A83" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B83" s="1">
         <v>0.08</v>
       </c>
       <c r="C83" s="2">
-        <v>38518</v>
+        <v>38617</v>
       </c>
       <c r="D83" s="2">
-        <v>38579</v>
+        <v>38671</v>
       </c>
       <c r="E83" s="2">
-        <v>38581</v>
+        <v>38673</v>
       </c>
       <c r="F83" s="2">
-        <v>38603</v>
+        <v>38694</v>
       </c>
     </row>
     <row r="84" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A84" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B84" s="1">
         <v>0.08</v>
       </c>
       <c r="C84" s="2">
-        <v>38434</v>
+        <v>38518</v>
       </c>
       <c r="D84" s="2">
-        <v>38488</v>
+        <v>38579</v>
       </c>
       <c r="E84" s="2">
-        <v>38490</v>
+        <v>38581</v>
       </c>
       <c r="F84" s="2">
-        <v>38512</v>
+        <v>38603</v>
       </c>
     </row>
     <row r="85" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A85" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B85" s="1">
         <v>0.08</v>
       </c>
       <c r="C85" s="2">
-        <v>38329</v>
+        <v>38434</v>
       </c>
       <c r="D85" s="2">
-        <v>38398</v>
+        <v>38488</v>
       </c>
       <c r="E85" s="2">
-        <v>38400</v>
+        <v>38490</v>
       </c>
       <c r="F85" s="2">
-        <v>38421</v>
+        <v>38512</v>
       </c>
     </row>
     <row r="86" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A86" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B86" s="1">
         <v>0.08</v>
       </c>
       <c r="C86" s="2">
-        <v>38245</v>
+        <v>38329</v>
       </c>
       <c r="D86" s="2">
-        <v>38306</v>
+        <v>38398</v>
       </c>
       <c r="E86" s="2">
-        <v>38308</v>
+        <v>38400</v>
       </c>
       <c r="F86" s="2">
-        <v>38323</v>
+        <v>38421</v>
       </c>
     </row>
     <row r="87" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A87" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B87" s="1">
         <v>0.08</v>
       </c>
       <c r="C87" s="2">
+        <v>38245</v>
+      </c>
+      <c r="D87" s="2">
+        <v>38306</v>
+      </c>
+      <c r="E87" s="2">
+        <v>38308</v>
+      </c>
+      <c r="F87" s="2">
+        <v>38323</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A88" t="s">
+        <v>85</v>
+      </c>
+      <c r="B88" s="1">
+        <v>0.08</v>
+      </c>
+      <c r="C88" s="2">
         <v>38188</v>
       </c>
-      <c r="D87" s="2">
+      <c r="D88" s="2">
         <v>38222</v>
       </c>
-      <c r="E87" s="2">
+      <c r="E88" s="2">
         <v>38224</v>
       </c>
-      <c r="F87" s="2">
+      <c r="F88" s="2">
         <v>38244</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="17.33203125" customWidth="1"/>
     <col min="2" max="2" width="10.109375" customWidth="1"/>
     <col min="3" max="3" width="21.33203125" customWidth="1"/>
     <col min="4" max="4" width="18.33203125" customWidth="1"/>
     <col min="5" max="5" width="13.77734375" customWidth="1"/>