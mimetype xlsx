--- v1 (2025-12-05)
+++ v2 (2026-03-22)
@@ -5,83 +5,83 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29822"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7AE40DB7-48DC-4132-94A0-C9A6C3CAA4E1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{80686C84-6C61-4D29-B394-907DBD838CC9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Quarterly Dividend" sheetId="1" r:id="rId1"/>
     <sheet name="Yearly Dividend" sheetId="2" r:id="rId2"/>
     <sheet name="Special Dividend" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="95">
   <si>
     <t>Dividend Period</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>Announcement Date</t>
   </si>
   <si>
     <t>Ex-Dividend Date</t>
   </si>
   <si>
     <t>Record Date</t>
   </si>
   <si>
     <t>Payable Date</t>
   </si>
   <si>
     <t>FY2024 Q3</t>
   </si>
   <si>
     <t>FY2024 Q2</t>
   </si>
   <si>
@@ -319,50 +319,53 @@
     <t>FY2004 Q4</t>
   </si>
   <si>
     <t>Special</t>
   </si>
   <si>
     <t>FY2024 Q4</t>
   </si>
   <si>
     <t>FY2025 Q1</t>
   </si>
   <si>
     <t>FY2025 Q2</t>
   </si>
   <si>
     <t>FY2025 Q3</t>
   </si>
   <si>
     <t>FY2025 Q4</t>
   </si>
   <si>
     <t>FY2026 Q1</t>
   </si>
   <si>
     <t>FY2026 Q2</t>
+  </si>
+  <si>
+    <t>FY2026 Q3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
   </numFmts>
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -552,52 +555,52 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="20" formatCode="d\-mmm\-yy"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="12" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="QuarterlyDividend" displayName="QuarterlyDividend" ref="A1:F88" totalsRowShown="0">
-  <autoFilter ref="A1:F88" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="QuarterlyDividend" displayName="QuarterlyDividend" ref="A1:F89" totalsRowShown="0">
+  <autoFilter ref="A1:F89" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="6">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Dividend Period"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Amount" dataDxfId="20"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Announcement Date" dataDxfId="19"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Ex-Dividend Date" dataDxfId="18"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Record Date" dataDxfId="17"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Payable Date" dataDxfId="16"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="YearlyDividend" displayName="YearlyDividend" ref="A1:F3" totalsRowShown="0" headerRowDxfId="15" headerRowBorderDxfId="14" tableBorderDxfId="13">
   <autoFilter ref="A1:F3" xr:uid="{00000000-0009-0000-0100-000002000000}"/>
   <tableColumns count="6">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="Dividend Period"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0100-000002000000}" name="Amount" dataDxfId="12"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0100-000003000000}" name="Announcement Date" dataDxfId="11"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0100-000004000000}" name="Ex-Dividend Date" dataDxfId="10"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0100-000005000000}" name="Record Date" dataDxfId="9"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0100-000006000000}" name="Payable Date" dataDxfId="8"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
@@ -905,1823 +908,1843 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F88"/>
+  <dimension ref="A1:F89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="17.33203125" customWidth="1"/>
     <col min="2" max="2" width="10.109375" customWidth="1"/>
     <col min="3" max="3" width="21.33203125" customWidth="1"/>
     <col min="4" max="4" width="18.33203125" customWidth="1"/>
     <col min="5" max="5" width="13.77734375" customWidth="1"/>
     <col min="6" max="6" width="14.5546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B2" s="1">
         <v>0.91</v>
       </c>
       <c r="C2" s="2">
-        <v>45993</v>
+        <v>46091</v>
       </c>
       <c r="D2" s="2">
-        <v>46072</v>
+        <v>46163</v>
       </c>
       <c r="E2" s="2">
-        <v>46072</v>
+        <v>46163</v>
       </c>
       <c r="F2" s="2">
-        <v>46093</v>
+        <v>46184</v>
       </c>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B3" s="1">
         <v>0.91</v>
       </c>
       <c r="C3" s="2">
-        <v>45915</v>
+        <v>45993</v>
       </c>
       <c r="D3" s="2">
-        <v>45981</v>
+        <v>46072</v>
       </c>
       <c r="E3" s="2">
-        <v>45981</v>
+        <v>46072</v>
       </c>
       <c r="F3" s="2">
-        <v>46002</v>
+        <v>46093</v>
       </c>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B4" s="1">
-        <v>0.83</v>
+        <v>0.91</v>
       </c>
       <c r="C4" s="2">
-        <v>45818</v>
+        <v>45915</v>
       </c>
       <c r="D4" s="2">
-        <v>45890</v>
+        <v>45981</v>
       </c>
       <c r="E4" s="2">
-        <v>45890</v>
+        <v>45981</v>
       </c>
       <c r="F4" s="2">
-        <v>45911</v>
+        <v>46002</v>
       </c>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B5" s="1">
         <v>0.83</v>
       </c>
       <c r="C5" s="2">
-        <v>45727</v>
+        <v>45818</v>
       </c>
       <c r="D5" s="2">
-        <v>45792</v>
+        <v>45890</v>
       </c>
       <c r="E5" s="2">
-        <v>45792</v>
+        <v>45890</v>
       </c>
       <c r="F5" s="2">
-        <v>45820</v>
+        <v>45911</v>
       </c>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B6" s="1">
         <v>0.83</v>
       </c>
       <c r="C6" s="2">
-        <v>45629</v>
+        <v>45727</v>
       </c>
       <c r="D6" s="2">
-        <v>45708</v>
+        <v>45792</v>
       </c>
       <c r="E6" s="2">
-        <v>45708</v>
+        <v>45792</v>
       </c>
       <c r="F6" s="2">
-        <v>45729</v>
+        <v>45820</v>
       </c>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B7" s="1">
         <v>0.83</v>
       </c>
       <c r="C7" s="2">
-        <v>45551</v>
+        <v>45629</v>
       </c>
       <c r="D7" s="2">
-        <v>45617</v>
+        <v>45708</v>
       </c>
       <c r="E7" s="2">
-        <v>45617</v>
+        <v>45708</v>
       </c>
       <c r="F7" s="2">
-        <v>45638</v>
+        <v>45729</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B8" s="1">
-        <v>0.75</v>
+        <v>0.83</v>
       </c>
       <c r="C8" s="2">
-        <v>45455</v>
+        <v>45551</v>
       </c>
       <c r="D8" s="2">
-        <v>45519</v>
+        <v>45617</v>
       </c>
       <c r="E8" s="2">
-        <v>45519</v>
+        <v>45617</v>
       </c>
       <c r="F8" s="2">
-        <v>45547</v>
+        <v>45638</v>
       </c>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
-        <v>6</v>
+        <v>87</v>
       </c>
       <c r="B9" s="1">
         <v>0.75</v>
       </c>
       <c r="C9" s="2">
-        <v>45363</v>
+        <v>45455</v>
       </c>
       <c r="D9" s="2">
-        <v>45427</v>
+        <v>45519</v>
       </c>
       <c r="E9" s="2">
-        <v>45428</v>
+        <v>45519</v>
       </c>
       <c r="F9" s="2">
-        <v>45456</v>
+        <v>45547</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B10" s="1">
         <v>0.75</v>
       </c>
       <c r="C10" s="2">
-        <v>45258</v>
+        <v>45363</v>
       </c>
       <c r="D10" s="2">
-        <v>45336</v>
+        <v>45427</v>
       </c>
       <c r="E10" s="2">
-        <v>45337</v>
+        <v>45428</v>
       </c>
       <c r="F10" s="2">
-        <v>45365</v>
+        <v>45456</v>
       </c>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B11" s="1">
         <v>0.75</v>
       </c>
       <c r="C11" s="2">
-        <v>45188</v>
+        <v>45258</v>
       </c>
       <c r="D11" s="2">
-        <v>45245</v>
+        <v>45336</v>
       </c>
       <c r="E11" s="2">
-        <v>45246</v>
+        <v>45337</v>
       </c>
       <c r="F11" s="2">
-        <v>45274</v>
+        <v>45365</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A12" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B12" s="1">
-        <v>0.68</v>
+        <v>0.75</v>
       </c>
       <c r="C12" s="2">
-        <v>45093</v>
+        <v>45188</v>
       </c>
       <c r="D12" s="2">
-        <v>45154</v>
+        <v>45245</v>
       </c>
       <c r="E12" s="2">
-        <v>45155</v>
+        <v>45246</v>
       </c>
       <c r="F12" s="2">
-        <v>45183</v>
+        <v>45274</v>
       </c>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B13" s="1">
         <v>0.68</v>
       </c>
       <c r="C13" s="2">
-        <v>44999</v>
+        <v>45093</v>
       </c>
       <c r="D13" s="2">
-        <v>45063</v>
+        <v>45154</v>
       </c>
       <c r="E13" s="2">
-        <v>45064</v>
+        <v>45155</v>
       </c>
       <c r="F13" s="2">
-        <v>45085</v>
+        <v>45183</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B14" s="1">
         <v>0.68</v>
       </c>
       <c r="C14" s="2">
-        <v>44894</v>
+        <v>44999</v>
       </c>
       <c r="D14" s="2">
-        <v>44972</v>
+        <v>45063</v>
       </c>
       <c r="E14" s="2">
-        <v>44973</v>
+        <v>45064</v>
       </c>
       <c r="F14" s="2">
-        <v>44994</v>
+        <v>45085</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B15" s="1">
         <v>0.68</v>
       </c>
       <c r="C15" s="2">
-        <v>44824</v>
+        <v>44894</v>
       </c>
       <c r="D15" s="2">
-        <v>44881</v>
+        <v>44972</v>
       </c>
       <c r="E15" s="2">
-        <v>44882</v>
+        <v>44973</v>
       </c>
       <c r="F15" s="2">
-        <v>44903</v>
+        <v>44994</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B16" s="1">
-        <v>0.62</v>
+        <v>0.68</v>
       </c>
       <c r="C16" s="2">
-        <v>44726</v>
+        <v>44824</v>
       </c>
       <c r="D16" s="2">
-        <v>44790</v>
+        <v>44881</v>
       </c>
       <c r="E16" s="2">
-        <v>44791</v>
+        <v>44882</v>
       </c>
       <c r="F16" s="2">
-        <v>44812</v>
+        <v>44903</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A17" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B17" s="1">
         <v>0.62</v>
       </c>
       <c r="C17" s="2">
-        <v>44634</v>
+        <v>44726</v>
       </c>
       <c r="D17" s="2">
-        <v>44699</v>
+        <v>44790</v>
       </c>
       <c r="E17" s="2">
-        <v>44700</v>
+        <v>44791</v>
       </c>
       <c r="F17" s="2">
-        <v>44721</v>
+        <v>44812</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A18" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B18" s="1">
         <v>0.62</v>
       </c>
       <c r="C18" s="2">
-        <v>44537</v>
+        <v>44634</v>
       </c>
       <c r="D18" s="2">
-        <v>44608</v>
+        <v>44699</v>
       </c>
       <c r="E18" s="2">
-        <v>44609</v>
+        <v>44700</v>
       </c>
       <c r="F18" s="2">
-        <v>44630</v>
+        <v>44721</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A19" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B19" s="1">
         <v>0.62</v>
       </c>
       <c r="C19" s="2">
-        <v>44453</v>
+        <v>44537</v>
       </c>
       <c r="D19" s="2">
-        <v>44517</v>
+        <v>44608</v>
       </c>
       <c r="E19" s="2">
-        <v>44518</v>
+        <v>44609</v>
       </c>
       <c r="F19" s="2">
-        <v>44539</v>
+        <v>44630</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A20" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B20" s="1">
-        <v>0.56000000000000005</v>
+        <v>0.62</v>
       </c>
       <c r="C20" s="2">
-        <v>44363</v>
+        <v>44453</v>
       </c>
       <c r="D20" s="2">
-        <v>44426</v>
+        <v>44517</v>
       </c>
       <c r="E20" s="2">
-        <v>44427</v>
+        <v>44518</v>
       </c>
       <c r="F20" s="2">
-        <v>44448</v>
+        <v>44539</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A21" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B21" s="1">
         <v>0.56000000000000005</v>
       </c>
       <c r="C21" s="2">
-        <v>44271</v>
+        <v>44363</v>
       </c>
       <c r="D21" s="2">
-        <v>44335</v>
+        <v>44426</v>
       </c>
       <c r="E21" s="2">
-        <v>44336</v>
+        <v>44427</v>
       </c>
       <c r="F21" s="2">
-        <v>44357</v>
+        <v>44448</v>
       </c>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A22" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B22" s="1">
         <v>0.56000000000000005</v>
       </c>
       <c r="C22" s="2">
-        <v>44167</v>
+        <v>44271</v>
       </c>
       <c r="D22" s="2">
-        <v>44244</v>
+        <v>44335</v>
       </c>
       <c r="E22" s="2">
-        <v>44245</v>
+        <v>44336</v>
       </c>
       <c r="F22" s="2">
-        <v>44266</v>
+        <v>44357</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A23" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B23" s="1">
         <v>0.56000000000000005</v>
       </c>
       <c r="C23" s="2">
-        <v>44089</v>
+        <v>44167</v>
       </c>
       <c r="D23" s="2">
-        <v>44153</v>
+        <v>44244</v>
       </c>
       <c r="E23" s="2">
-        <v>44154</v>
+        <v>44245</v>
       </c>
       <c r="F23" s="2">
-        <v>44175</v>
+        <v>44266</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A24" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B24" s="1">
-        <v>0.51</v>
+        <v>0.56000000000000005</v>
       </c>
       <c r="C24" s="2">
-        <v>43999</v>
+        <v>44089</v>
       </c>
       <c r="D24" s="2">
-        <v>44062</v>
+        <v>44153</v>
       </c>
       <c r="E24" s="2">
-        <v>44063</v>
+        <v>44154</v>
       </c>
       <c r="F24" s="2">
-        <v>44084</v>
+        <v>44175</v>
       </c>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A25" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B25" s="1">
         <v>0.51</v>
       </c>
       <c r="C25" s="2">
-        <v>43899</v>
+        <v>43999</v>
       </c>
       <c r="D25" s="2">
-        <v>43971</v>
+        <v>44062</v>
       </c>
       <c r="E25" s="2">
-        <v>43972</v>
+        <v>44063</v>
       </c>
       <c r="F25" s="2">
-        <v>43993</v>
+        <v>44084</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A26" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B26" s="1">
         <v>0.51</v>
       </c>
       <c r="C26" s="2">
-        <v>43803</v>
+        <v>43899</v>
       </c>
       <c r="D26" s="2">
-        <v>43880</v>
+        <v>43971</v>
       </c>
       <c r="E26" s="2">
-        <v>43881</v>
+        <v>43972</v>
       </c>
       <c r="F26" s="2">
-        <v>43902</v>
+        <v>43993</v>
       </c>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A27" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B27" s="1">
         <v>0.51</v>
       </c>
       <c r="C27" s="2">
-        <v>43726</v>
+        <v>43803</v>
       </c>
       <c r="D27" s="2">
-        <v>43789</v>
+        <v>43880</v>
       </c>
       <c r="E27" s="2">
-        <v>43790</v>
+        <v>43881</v>
       </c>
       <c r="F27" s="2">
-        <v>43811</v>
+        <v>43902</v>
       </c>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A28" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B28" s="1">
-        <v>0.46</v>
+        <v>0.51</v>
       </c>
       <c r="C28" s="2">
-        <v>43628</v>
+        <v>43726</v>
       </c>
       <c r="D28" s="2">
-        <v>43691</v>
+        <v>43789</v>
       </c>
       <c r="E28" s="2">
-        <v>43692</v>
+        <v>43790</v>
       </c>
       <c r="F28" s="2">
-        <v>43720</v>
+        <v>43811</v>
       </c>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A29" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B29" s="1">
         <v>0.46</v>
       </c>
       <c r="C29" s="2">
-        <v>43535</v>
+        <v>43628</v>
       </c>
       <c r="D29" s="2">
-        <v>43600</v>
+        <v>43691</v>
       </c>
       <c r="E29" s="2">
-        <v>43601</v>
+        <v>43692</v>
       </c>
       <c r="F29" s="2">
-        <v>43629</v>
+        <v>43720</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A30" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B30" s="1">
         <v>0.46</v>
       </c>
       <c r="C30" s="2">
-        <v>43432</v>
+        <v>43535</v>
       </c>
       <c r="D30" s="2">
-        <v>43516</v>
+        <v>43600</v>
       </c>
       <c r="E30" s="2">
-        <v>43517</v>
+        <v>43601</v>
       </c>
       <c r="F30" s="2">
-        <v>43538</v>
+        <v>43629</v>
       </c>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A31" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B31" s="1">
         <v>0.46</v>
       </c>
       <c r="C31" s="2">
-        <v>43361</v>
+        <v>43432</v>
       </c>
       <c r="D31" s="2">
-        <v>43418</v>
+        <v>43516</v>
       </c>
       <c r="E31" s="2">
-        <v>43419</v>
+        <v>43517</v>
       </c>
       <c r="F31" s="2">
-        <v>43447</v>
+        <v>43538</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A32" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B32" s="1">
-        <v>0.42</v>
+        <v>0.46</v>
       </c>
       <c r="C32" s="2">
-        <v>43264</v>
+        <v>43361</v>
       </c>
       <c r="D32" s="2">
-        <v>43327</v>
+        <v>43418</v>
       </c>
       <c r="E32" s="2">
-        <v>43328</v>
+        <v>43419</v>
       </c>
       <c r="F32" s="2">
-        <v>43356</v>
+        <v>43447</v>
       </c>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A33" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B33" s="1">
         <v>0.42</v>
       </c>
       <c r="C33" s="2">
-        <v>43171</v>
+        <v>43264</v>
       </c>
       <c r="D33" s="2">
-        <v>43236</v>
+        <v>43327</v>
       </c>
       <c r="E33" s="2">
-        <v>43237</v>
+        <v>43328</v>
       </c>
       <c r="F33" s="2">
-        <v>43265</v>
+        <v>43356</v>
       </c>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A34" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B34" s="1">
         <v>0.42</v>
       </c>
       <c r="C34" s="2">
-        <v>43068</v>
+        <v>43171</v>
       </c>
       <c r="D34" s="2">
-        <v>43145</v>
+        <v>43236</v>
       </c>
       <c r="E34" s="2">
-        <v>43146</v>
+        <v>43237</v>
       </c>
       <c r="F34" s="2">
-        <v>43167</v>
+        <v>43265</v>
       </c>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A35" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B35" s="1">
         <v>0.42</v>
       </c>
       <c r="C35" s="2">
-        <v>42997</v>
+        <v>43068</v>
       </c>
       <c r="D35" s="2">
-        <v>43054</v>
+        <v>43145</v>
       </c>
       <c r="E35" s="2">
-        <v>43055</v>
+        <v>43146</v>
       </c>
       <c r="F35" s="2">
-        <v>43083</v>
+        <v>43167</v>
       </c>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A36" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B36" s="1">
-        <v>0.39</v>
+        <v>0.42</v>
       </c>
       <c r="C36" s="2">
-        <v>42899</v>
+        <v>42997</v>
       </c>
       <c r="D36" s="2">
-        <v>42962</v>
+        <v>43054</v>
       </c>
       <c r="E36" s="2">
-        <v>42964</v>
+        <v>43055</v>
       </c>
       <c r="F36" s="2">
-        <v>42992</v>
+        <v>43083</v>
       </c>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A37" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B37" s="1">
         <v>0.39</v>
       </c>
       <c r="C37" s="2">
-        <v>42808</v>
+        <v>42899</v>
       </c>
       <c r="D37" s="2">
-        <v>42871</v>
+        <v>42962</v>
       </c>
       <c r="E37" s="2">
-        <v>42873</v>
+        <v>42964</v>
       </c>
       <c r="F37" s="2">
-        <v>42894</v>
+        <v>42992</v>
       </c>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A38" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B38" s="1">
         <v>0.39</v>
       </c>
       <c r="C38" s="2">
-        <v>42704</v>
+        <v>42808</v>
       </c>
       <c r="D38" s="2">
-        <v>42780</v>
+        <v>42871</v>
       </c>
       <c r="E38" s="2">
-        <v>42782</v>
+        <v>42873</v>
       </c>
       <c r="F38" s="2">
-        <v>42803</v>
+        <v>42894</v>
       </c>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A39" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B39" s="1">
         <v>0.39</v>
       </c>
       <c r="C39" s="2">
-        <v>42633</v>
+        <v>42704</v>
       </c>
       <c r="D39" s="2">
-        <v>42689</v>
+        <v>42780</v>
       </c>
       <c r="E39" s="2">
-        <v>42691</v>
+        <v>42782</v>
       </c>
       <c r="F39" s="2">
-        <v>42712</v>
+        <v>42803</v>
       </c>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A40" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B40" s="1">
-        <v>0.36</v>
+        <v>0.39</v>
       </c>
       <c r="C40" s="2">
-        <v>42535</v>
+        <v>42633</v>
       </c>
       <c r="D40" s="2">
-        <v>42598</v>
+        <v>42689</v>
       </c>
       <c r="E40" s="2">
-        <v>42600</v>
+        <v>42691</v>
       </c>
       <c r="F40" s="2">
-        <v>42621</v>
+        <v>42712</v>
       </c>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A41" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B41" s="1">
         <v>0.36</v>
       </c>
       <c r="C41" s="2">
-        <v>42444</v>
+        <v>42535</v>
       </c>
       <c r="D41" s="2">
-        <v>42507</v>
+        <v>42598</v>
       </c>
       <c r="E41" s="2">
-        <v>42509</v>
+        <v>42600</v>
       </c>
       <c r="F41" s="2">
-        <v>42530</v>
+        <v>42621</v>
       </c>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A42" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B42" s="1">
         <v>0.36</v>
       </c>
       <c r="C42" s="2">
-        <v>42340</v>
+        <v>42444</v>
       </c>
       <c r="D42" s="2">
-        <v>42416</v>
+        <v>42507</v>
       </c>
       <c r="E42" s="2">
-        <v>42418</v>
+        <v>42509</v>
       </c>
       <c r="F42" s="2">
-        <v>42439</v>
+        <v>42530</v>
       </c>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A43" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B43" s="1">
         <v>0.36</v>
       </c>
       <c r="C43" s="2">
-        <v>42262</v>
+        <v>42340</v>
       </c>
       <c r="D43" s="2">
-        <v>42325</v>
+        <v>42416</v>
       </c>
       <c r="E43" s="2">
-        <v>42327</v>
+        <v>42418</v>
       </c>
       <c r="F43" s="2">
-        <v>42348</v>
+        <v>42439</v>
       </c>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A44" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B44" s="1">
-        <v>0.31</v>
+        <v>0.36</v>
       </c>
       <c r="C44" s="2">
-        <v>42164</v>
+        <v>42262</v>
       </c>
       <c r="D44" s="2">
-        <v>42234</v>
+        <v>42325</v>
       </c>
       <c r="E44" s="2">
-        <v>42236</v>
+        <v>42327</v>
       </c>
       <c r="F44" s="2">
-        <v>42257</v>
+        <v>42348</v>
       </c>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A45" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B45" s="1">
         <v>0.31</v>
       </c>
       <c r="C45" s="2">
-        <v>42073</v>
+        <v>42164</v>
       </c>
       <c r="D45" s="2">
-        <v>42143</v>
+        <v>42234</v>
       </c>
       <c r="E45" s="2">
-        <v>42145</v>
+        <v>42236</v>
       </c>
       <c r="F45" s="2">
-        <v>42166</v>
+        <v>42257</v>
       </c>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A46" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B46" s="1">
         <v>0.31</v>
       </c>
       <c r="C46" s="2">
-        <v>41976</v>
+        <v>42073</v>
       </c>
       <c r="D46" s="2">
-        <v>42052</v>
+        <v>42143</v>
       </c>
       <c r="E46" s="2">
-        <v>42054</v>
+        <v>42145</v>
       </c>
       <c r="F46" s="2">
-        <v>42075</v>
+        <v>42166</v>
       </c>
     </row>
     <row r="47" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A47" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B47" s="1">
         <v>0.31</v>
       </c>
       <c r="C47" s="2">
-        <v>41898</v>
+        <v>41976</v>
       </c>
       <c r="D47" s="2">
-        <v>41961</v>
+        <v>42052</v>
       </c>
       <c r="E47" s="2">
-        <v>41963</v>
+        <v>42054</v>
       </c>
       <c r="F47" s="2">
-        <v>41984</v>
+        <v>42075</v>
       </c>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A48" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B48" s="1">
-        <v>0.28000000000000003</v>
+        <v>0.31</v>
       </c>
       <c r="C48" s="2">
-        <v>41800</v>
+        <v>41898</v>
       </c>
       <c r="D48" s="2">
-        <v>41870</v>
+        <v>41961</v>
       </c>
       <c r="E48" s="2">
-        <v>41872</v>
+        <v>41963</v>
       </c>
       <c r="F48" s="2">
-        <v>41893</v>
+        <v>41984</v>
       </c>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A49" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B49" s="1">
         <v>0.28000000000000003</v>
       </c>
       <c r="C49" s="2">
-        <v>41709</v>
+        <v>41800</v>
       </c>
       <c r="D49" s="2">
-        <v>41772</v>
+        <v>41870</v>
       </c>
       <c r="E49" s="2">
-        <v>41774</v>
+        <v>41872</v>
       </c>
       <c r="F49" s="2">
-        <v>41802</v>
+        <v>41893</v>
       </c>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A50" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B50" s="1">
         <v>0.28000000000000003</v>
       </c>
       <c r="C50" s="2">
-        <v>41597</v>
+        <v>41709</v>
       </c>
       <c r="D50" s="2">
-        <v>41688</v>
+        <v>41772</v>
       </c>
       <c r="E50" s="2">
-        <v>41690</v>
+        <v>41774</v>
       </c>
       <c r="F50" s="2">
-        <v>41711</v>
+        <v>41802</v>
       </c>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A51" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B51" s="1">
         <v>0.28000000000000003</v>
       </c>
       <c r="C51" s="2">
-        <v>41534</v>
+        <v>41597</v>
       </c>
       <c r="D51" s="2">
-        <v>41597</v>
+        <v>41688</v>
       </c>
       <c r="E51" s="2">
-        <v>41599</v>
+        <v>41690</v>
       </c>
       <c r="F51" s="2">
-        <v>41620</v>
+        <v>41711</v>
       </c>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A52" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B52" s="1">
-        <v>0.23</v>
+        <v>0.28000000000000003</v>
       </c>
       <c r="C52" s="2">
-        <v>41437</v>
+        <v>41534</v>
       </c>
       <c r="D52" s="2">
-        <v>41499</v>
+        <v>41597</v>
       </c>
       <c r="E52" s="2">
-        <v>41501</v>
+        <v>41599</v>
       </c>
       <c r="F52" s="2">
-        <v>41529</v>
+        <v>41620</v>
       </c>
     </row>
     <row r="53" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A53" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B53" s="1">
         <v>0.23</v>
       </c>
       <c r="C53" s="2">
-        <v>41344</v>
+        <v>41437</v>
       </c>
       <c r="D53" s="2">
-        <v>41408</v>
+        <v>41499</v>
       </c>
       <c r="E53" s="2">
-        <v>41410</v>
+        <v>41501</v>
       </c>
       <c r="F53" s="2">
-        <v>41438</v>
+        <v>41529</v>
       </c>
     </row>
     <row r="54" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A54" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B54" s="1">
         <v>0.23</v>
       </c>
       <c r="C54" s="2">
-        <v>41241</v>
+        <v>41344</v>
       </c>
       <c r="D54" s="2">
-        <v>41324</v>
+        <v>41408</v>
       </c>
       <c r="E54" s="2">
-        <v>41326</v>
+        <v>41410</v>
       </c>
       <c r="F54" s="2">
-        <v>41347</v>
+        <v>41438</v>
       </c>
     </row>
     <row r="55" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A55" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B55" s="1">
         <v>0.23</v>
       </c>
       <c r="C55" s="2">
-        <v>41170</v>
+        <v>41241</v>
       </c>
       <c r="D55" s="2">
-        <v>41226</v>
+        <v>41324</v>
       </c>
       <c r="E55" s="2">
-        <v>41228</v>
+        <v>41326</v>
       </c>
       <c r="F55" s="2">
-        <v>41256</v>
+        <v>41347</v>
       </c>
     </row>
     <row r="56" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A56" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B56" s="1">
-        <v>0.2</v>
+        <v>0.23</v>
       </c>
       <c r="C56" s="2">
-        <v>41073</v>
+        <v>41170</v>
       </c>
       <c r="D56" s="2">
-        <v>41135</v>
+        <v>41226</v>
       </c>
       <c r="E56" s="2">
-        <v>41137</v>
+        <v>41228</v>
       </c>
       <c r="F56" s="2">
-        <v>41165</v>
+        <v>41256</v>
       </c>
     </row>
     <row r="57" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A57" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B57" s="1">
         <v>0.2</v>
       </c>
       <c r="C57" s="2">
-        <v>40981</v>
+        <v>41073</v>
       </c>
       <c r="D57" s="2">
-        <v>41044</v>
+        <v>41135</v>
       </c>
       <c r="E57" s="2">
-        <v>41046</v>
+        <v>41137</v>
       </c>
       <c r="F57" s="2">
-        <v>41074</v>
+        <v>41165</v>
       </c>
     </row>
     <row r="58" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A58" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B58" s="1">
         <v>0.2</v>
       </c>
       <c r="C58" s="2">
-        <v>40891</v>
+        <v>40981</v>
       </c>
       <c r="D58" s="2">
-        <v>40953</v>
+        <v>41044</v>
       </c>
       <c r="E58" s="2">
-        <v>40955</v>
+        <v>41046</v>
       </c>
       <c r="F58" s="2">
-        <v>40976</v>
+        <v>41074</v>
       </c>
     </row>
     <row r="59" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A59" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B59" s="1">
         <v>0.2</v>
       </c>
       <c r="C59" s="2">
-        <v>40806</v>
+        <v>40891</v>
       </c>
       <c r="D59" s="2">
-        <v>40862</v>
+        <v>40953</v>
       </c>
       <c r="E59" s="2">
-        <v>40864</v>
+        <v>40955</v>
       </c>
       <c r="F59" s="2">
-        <v>40885</v>
+        <v>40976</v>
       </c>
     </row>
     <row r="60" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A60" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B60" s="1">
-        <v>0.16</v>
+        <v>0.2</v>
       </c>
       <c r="C60" s="2">
-        <v>40709</v>
+        <v>40806</v>
       </c>
       <c r="D60" s="2">
-        <v>40771</v>
+        <v>40862</v>
       </c>
       <c r="E60" s="2">
-        <v>40773</v>
+        <v>40864</v>
       </c>
       <c r="F60" s="2">
-        <v>40794</v>
+        <v>40885</v>
       </c>
     </row>
     <row r="61" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A61" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B61" s="1">
         <v>0.16</v>
       </c>
       <c r="C61" s="2">
-        <v>40616</v>
+        <v>40709</v>
       </c>
       <c r="D61" s="2">
-        <v>40680</v>
+        <v>40771</v>
       </c>
       <c r="E61" s="2">
-        <v>40682</v>
+        <v>40773</v>
       </c>
       <c r="F61" s="2">
-        <v>40703</v>
+        <v>40794</v>
       </c>
     </row>
     <row r="62" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A62" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B62" s="1">
         <v>0.16</v>
       </c>
       <c r="C62" s="2">
-        <v>40527</v>
+        <v>40616</v>
       </c>
       <c r="D62" s="2">
-        <v>40589</v>
+        <v>40680</v>
       </c>
       <c r="E62" s="2">
-        <v>40591</v>
+        <v>40682</v>
       </c>
       <c r="F62" s="2">
-        <v>40612</v>
+        <v>40703</v>
       </c>
     </row>
     <row r="63" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A63" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B63" s="1">
         <v>0.16</v>
       </c>
       <c r="C63" s="2">
-        <v>40442</v>
+        <v>40527</v>
       </c>
       <c r="D63" s="2">
-        <v>40498</v>
+        <v>40589</v>
       </c>
       <c r="E63" s="2">
-        <v>40500</v>
+        <v>40591</v>
       </c>
       <c r="F63" s="2">
-        <v>40521</v>
+        <v>40612</v>
       </c>
     </row>
     <row r="64" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A64" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B64" s="1">
-        <v>0.13</v>
+        <v>0.16</v>
       </c>
       <c r="C64" s="2">
-        <v>40345</v>
+        <v>40442</v>
       </c>
       <c r="D64" s="2">
-        <v>40407</v>
+        <v>40498</v>
       </c>
       <c r="E64" s="2">
-        <v>40409</v>
+        <v>40500</v>
       </c>
       <c r="F64" s="2">
-        <v>40430</v>
+        <v>40521</v>
       </c>
     </row>
     <row r="65" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A65" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B65" s="1">
         <v>0.13</v>
       </c>
       <c r="C65" s="2">
-        <v>40245</v>
+        <v>40345</v>
       </c>
       <c r="D65" s="2">
-        <v>40316</v>
+        <v>40407</v>
       </c>
       <c r="E65" s="2">
-        <v>40318</v>
+        <v>40409</v>
       </c>
       <c r="F65" s="2">
-        <v>40339</v>
+        <v>40430</v>
       </c>
     </row>
     <row r="66" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A66" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B66" s="1">
         <v>0.13</v>
       </c>
       <c r="C66" s="2">
-        <v>40156</v>
+        <v>40245</v>
       </c>
       <c r="D66" s="2">
-        <v>40225</v>
+        <v>40316</v>
       </c>
       <c r="E66" s="2">
-        <v>40227</v>
+        <v>40318</v>
       </c>
       <c r="F66" s="2">
-        <v>40248</v>
+        <v>40339</v>
       </c>
     </row>
     <row r="67" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A67" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B67" s="1">
         <v>0.13</v>
       </c>
       <c r="C67" s="2">
-        <v>40074</v>
+        <v>40156</v>
       </c>
       <c r="D67" s="2">
-        <v>40134</v>
+        <v>40225</v>
       </c>
       <c r="E67" s="2">
-        <v>40136</v>
+        <v>40227</v>
       </c>
       <c r="F67" s="2">
-        <v>40157</v>
+        <v>40248</v>
       </c>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A68" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B68" s="1">
         <v>0.13</v>
       </c>
       <c r="C68" s="2">
-        <v>39974</v>
+        <v>40074</v>
       </c>
       <c r="D68" s="2">
-        <v>40043</v>
+        <v>40134</v>
       </c>
       <c r="E68" s="2">
-        <v>40045</v>
+        <v>40136</v>
       </c>
       <c r="F68" s="2">
-        <v>40066</v>
+        <v>40157</v>
       </c>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A69" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B69" s="1">
         <v>0.13</v>
       </c>
       <c r="C69" s="2">
-        <v>39881</v>
+        <v>39974</v>
       </c>
       <c r="D69" s="2">
-        <v>39952</v>
+        <v>40043</v>
       </c>
       <c r="E69" s="2">
-        <v>39954</v>
+        <v>40045</v>
       </c>
       <c r="F69" s="2">
-        <v>39982</v>
+        <v>40066</v>
       </c>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A70" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B70" s="1">
         <v>0.13</v>
       </c>
       <c r="C70" s="2">
-        <v>39792</v>
+        <v>39881</v>
       </c>
       <c r="D70" s="2">
-        <v>39861</v>
+        <v>39952</v>
       </c>
       <c r="E70" s="2">
-        <v>39863</v>
+        <v>39954</v>
       </c>
       <c r="F70" s="2">
-        <v>39884</v>
+        <v>39982</v>
       </c>
     </row>
     <row r="71" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A71" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B71" s="1">
         <v>0.13</v>
       </c>
       <c r="C71" s="2">
-        <v>39713</v>
+        <v>39792</v>
       </c>
       <c r="D71" s="2">
-        <v>39770</v>
+        <v>39861</v>
       </c>
       <c r="E71" s="2">
-        <v>39772</v>
+        <v>39863</v>
       </c>
       <c r="F71" s="2">
-        <v>39793</v>
+        <v>39884</v>
       </c>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A72" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B72" s="1">
-        <v>0.11</v>
+        <v>0.13</v>
       </c>
       <c r="C72" s="2">
-        <v>39610</v>
+        <v>39713</v>
       </c>
       <c r="D72" s="2">
-        <v>39679</v>
+        <v>39770</v>
       </c>
       <c r="E72" s="2">
-        <v>39681</v>
+        <v>39772</v>
       </c>
       <c r="F72" s="2">
-        <v>39702</v>
+        <v>39793</v>
       </c>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A73" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B73" s="1">
         <v>0.11</v>
       </c>
       <c r="C73" s="2">
-        <v>39524</v>
+        <v>39610</v>
       </c>
       <c r="D73" s="2">
-        <v>39581</v>
+        <v>39679</v>
       </c>
       <c r="E73" s="2">
-        <v>39583</v>
+        <v>39681</v>
       </c>
       <c r="F73" s="2">
-        <v>39611</v>
+        <v>39702</v>
       </c>
     </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A74" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B74" s="1">
         <v>0.11</v>
       </c>
       <c r="C74" s="2">
-        <v>39435</v>
+        <v>39524</v>
       </c>
       <c r="D74" s="2">
-        <v>39497</v>
+        <v>39581</v>
       </c>
       <c r="E74" s="2">
-        <v>39499</v>
+        <v>39583</v>
       </c>
       <c r="F74" s="2">
-        <v>39520</v>
+        <v>39611</v>
       </c>
     </row>
     <row r="75" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A75" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B75" s="1">
         <v>0.11</v>
       </c>
       <c r="C75" s="2">
-        <v>39337</v>
+        <v>39435</v>
       </c>
       <c r="D75" s="2">
-        <v>39399</v>
+        <v>39497</v>
       </c>
       <c r="E75" s="2">
-        <v>39401</v>
+        <v>39499</v>
       </c>
       <c r="F75" s="2">
-        <v>39429</v>
+        <v>39520</v>
       </c>
     </row>
     <row r="76" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A76" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B76" s="1">
-        <v>0.1</v>
+        <v>0.11</v>
       </c>
       <c r="C76" s="2">
-        <v>39260</v>
+        <v>39337</v>
       </c>
       <c r="D76" s="2">
-        <v>39308</v>
+        <v>39399</v>
       </c>
       <c r="E76" s="2">
-        <v>39310</v>
+        <v>39401</v>
       </c>
       <c r="F76" s="2">
-        <v>39338</v>
+        <v>39429</v>
       </c>
     </row>
     <row r="77" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A77" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B77" s="1">
         <v>0.1</v>
       </c>
       <c r="C77" s="2">
-        <v>39167</v>
+        <v>39260</v>
       </c>
       <c r="D77" s="2">
-        <v>39217</v>
+        <v>39308</v>
       </c>
       <c r="E77" s="2">
-        <v>39219</v>
+        <v>39310</v>
       </c>
       <c r="F77" s="2">
-        <v>39247</v>
+        <v>39338</v>
       </c>
     </row>
     <row r="78" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A78" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B78" s="1">
         <v>0.1</v>
       </c>
       <c r="C78" s="2">
-        <v>39071</v>
+        <v>39167</v>
       </c>
       <c r="D78" s="2">
-        <v>39126</v>
+        <v>39217</v>
       </c>
       <c r="E78" s="2">
-        <v>39128</v>
+        <v>39219</v>
       </c>
       <c r="F78" s="2">
-        <v>39149</v>
+        <v>39247</v>
       </c>
     </row>
     <row r="79" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A79" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B79" s="1">
         <v>0.1</v>
       </c>
       <c r="C79" s="2">
-        <v>38973</v>
+        <v>39071</v>
       </c>
       <c r="D79" s="2">
-        <v>39035</v>
+        <v>39126</v>
       </c>
       <c r="E79" s="2">
-        <v>39037</v>
+        <v>39128</v>
       </c>
       <c r="F79" s="2">
-        <v>39065</v>
+        <v>39149</v>
       </c>
     </row>
     <row r="80" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A80" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B80" s="1">
-        <v>0.09</v>
+        <v>0.1</v>
       </c>
       <c r="C80" s="2">
-        <v>38889</v>
+        <v>38973</v>
       </c>
       <c r="D80" s="2">
-        <v>38944</v>
+        <v>39035</v>
       </c>
       <c r="E80" s="2">
-        <v>38946</v>
+        <v>39037</v>
       </c>
       <c r="F80" s="2">
-        <v>38974</v>
+        <v>39065</v>
       </c>
     </row>
     <row r="81" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A81" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B81" s="1">
         <v>0.09</v>
       </c>
       <c r="C81" s="2">
-        <v>38803</v>
+        <v>38889</v>
       </c>
       <c r="D81" s="2">
-        <v>38852</v>
+        <v>38944</v>
       </c>
       <c r="E81" s="2">
-        <v>38854</v>
+        <v>38946</v>
       </c>
       <c r="F81" s="2">
-        <v>38876</v>
+        <v>38974</v>
       </c>
     </row>
     <row r="82" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A82" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B82" s="1">
         <v>0.09</v>
       </c>
       <c r="C82" s="2">
-        <v>38700</v>
+        <v>38803</v>
       </c>
       <c r="D82" s="2">
-        <v>38763</v>
+        <v>38852</v>
       </c>
       <c r="E82" s="2">
-        <v>38765</v>
+        <v>38854</v>
       </c>
       <c r="F82" s="2">
-        <v>38785</v>
+        <v>38876</v>
       </c>
     </row>
     <row r="83" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A83" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B83" s="1">
-        <v>0.08</v>
+        <v>0.09</v>
       </c>
       <c r="C83" s="2">
-        <v>38617</v>
+        <v>38700</v>
       </c>
       <c r="D83" s="2">
-        <v>38671</v>
+        <v>38763</v>
       </c>
       <c r="E83" s="2">
-        <v>38673</v>
+        <v>38765</v>
       </c>
       <c r="F83" s="2">
-        <v>38694</v>
+        <v>38785</v>
       </c>
     </row>
     <row r="84" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A84" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B84" s="1">
         <v>0.08</v>
       </c>
       <c r="C84" s="2">
-        <v>38518</v>
+        <v>38617</v>
       </c>
       <c r="D84" s="2">
-        <v>38579</v>
+        <v>38671</v>
       </c>
       <c r="E84" s="2">
-        <v>38581</v>
+        <v>38673</v>
       </c>
       <c r="F84" s="2">
-        <v>38603</v>
+        <v>38694</v>
       </c>
     </row>
     <row r="85" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A85" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B85" s="1">
         <v>0.08</v>
       </c>
       <c r="C85" s="2">
-        <v>38434</v>
+        <v>38518</v>
       </c>
       <c r="D85" s="2">
-        <v>38488</v>
+        <v>38579</v>
       </c>
       <c r="E85" s="2">
-        <v>38490</v>
+        <v>38581</v>
       </c>
       <c r="F85" s="2">
-        <v>38512</v>
+        <v>38603</v>
       </c>
     </row>
     <row r="86" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A86" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B86" s="1">
         <v>0.08</v>
       </c>
       <c r="C86" s="2">
-        <v>38329</v>
+        <v>38434</v>
       </c>
       <c r="D86" s="2">
-        <v>38398</v>
+        <v>38488</v>
       </c>
       <c r="E86" s="2">
-        <v>38400</v>
+        <v>38490</v>
       </c>
       <c r="F86" s="2">
-        <v>38421</v>
+        <v>38512</v>
       </c>
     </row>
     <row r="87" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A87" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B87" s="1">
         <v>0.08</v>
       </c>
       <c r="C87" s="2">
-        <v>38245</v>
+        <v>38329</v>
       </c>
       <c r="D87" s="2">
-        <v>38306</v>
+        <v>38398</v>
       </c>
       <c r="E87" s="2">
-        <v>38308</v>
+        <v>38400</v>
       </c>
       <c r="F87" s="2">
-        <v>38323</v>
+        <v>38421</v>
       </c>
     </row>
     <row r="88" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A88" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B88" s="1">
         <v>0.08</v>
       </c>
       <c r="C88" s="2">
+        <v>38245</v>
+      </c>
+      <c r="D88" s="2">
+        <v>38306</v>
+      </c>
+      <c r="E88" s="2">
+        <v>38308</v>
+      </c>
+      <c r="F88" s="2">
+        <v>38323</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A89" t="s">
+        <v>85</v>
+      </c>
+      <c r="B89" s="1">
+        <v>0.08</v>
+      </c>
+      <c r="C89" s="2">
         <v>38188</v>
       </c>
-      <c r="D88" s="2">
+      <c r="D89" s="2">
         <v>38222</v>
       </c>
-      <c r="E88" s="2">
+      <c r="E89" s="2">
         <v>38224</v>
       </c>
-      <c r="F88" s="2">
+      <c r="F89" s="2">
         <v>38244</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="17.33203125" customWidth="1"/>
     <col min="2" max="2" width="10.109375" customWidth="1"/>
     <col min="3" max="3" width="21.33203125" customWidth="1"/>
     <col min="4" max="4" width="18.33203125" customWidth="1"/>
     <col min="5" max="5" width="13.77734375" customWidth="1"/>